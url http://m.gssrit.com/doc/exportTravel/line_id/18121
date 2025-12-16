--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -15,51 +15,51 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">（2025广西）环游广西双飞10日游（南进桂出）（冬）行程单</w:t>
+        <w:t xml:space="preserve">（2025广西）【环游广西】双飞10日游（南进桂出）（冬）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -1564,59 +1564,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">
                 桂林-阳朔
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐后游览具有原生态瀑布群【古东瀑布】AAAA级（约120分钟），全国唯一由地下涌泉形成的多级串连瀑布，区内有八瀑九潭、可尽享天然氧吧。最大特色：可换穿草鞋、戴上安全帽走瀑戏浪，形成独特的自然生态旅游观光风景。备注:古东瀑布景区如需攀爬瀑布必须换景区内安全装备，如：安全帽、草鞋、雨衣等费用10元/人起，请自行向景区购买。
-[...7 lines deleted...]
-                行程结束后可自由漫步在没有国度、充满热情的洋人街【阳朔西街】（无车无导游陪同）感受浓郁的异国风情。
+                【象山景区AAAAA】约1小时
+                <w:br/>
+                象山霞客行：一场穿越时空的人文之旅
+                <w:br/>
+                独家定制人文互动线——象山霞客行，邀您化身历史的穿越者，追寻旅游博主徐霞客的足迹，解锁三大隐藏玩法，沉浸式感受桂林象山的千年风华。
+                <w:br/>
+                象鼻山霞客行=象山水月VIP景观平台+“徐霞客”快闪互动+三山对话
+                <w:br/>
+                - 象山景区霞客贵宾通道，免排队畅玩
+                <w:br/>
+                - 配专属导览耳麦，清晰聆听历史回响
+                <w:br/>
+                - 1张5寸打卡照片，定格专属记忆
+                <w:br/>
+                玩法一：【象山水月VIP观光阳台】| 游览约30分钟 
+                <w:br/>
+                避开人潮，登上二楼VIP景观阳台，将“象鼻饮水”的全景尽收眼底——那山酷似一头驻足漓江边的巨象，临流饮水，栩栩如生。专业内导将结合象山的人文历史与自然奇景，为您娓娓道来徐霞客、陆游等文人墨客在此留下的足迹与故事，让千年风景有了生动注脚。
+                <w:br/>
+                玩法二：【爱情岛】“徐霞客”快闪 | 游览约20分钟
+                <w:br/>
+                回溯明朝，徐霞客曾踏足桂林象山。如今，“徐霞客”将穿越时空而来，带您解锁“象鼻山”名称的由来，探寻“象山水月”背后的诗词密码。一同吟诵千古名句“水底有明月，水上明月浮；水流月不去，月去水还流”，参与趣味“诗词寻宝”互动，让诗词与山水撞个满怀。
+                <w:br/>
+                玩法三：【“一水三山”对话】| 游览约20分钟
+                <w:br/>
+                象鼻饮江，穿山望月，塔影入画。穿山、塔山与城市天际线隔江相望，构成漓江畔独有的“三山对话”，仿佛桂林写给世界的一封山水情书。漫步至水月洞前，洞形如满月穿透山体，清碧江水穿鼻而过，山水相映，如诗如画。
+                <w:br/>
+                温馨提示：为避开人流，象山霞客行的游览顺序将由专业内导灵活安排，具体以现场调整为准。
+                <w:br/>
+                【尧山景区】约90分钟 缆车小交通100/人必消
+                <w:br/>
+                尧山冈峦起伏，气势磅礴，植被丰茂，杜鹃遍野。冬季山顶时有积雪，明亚震直《尧山冬雪》诗云：“朔风从东来，吹落遥空雪，洒向尧山顶，相看最奇绝。”尧山以变幻莫测，绚丽多彩的四时景致而闻名。尧山还是一个风水宝地，有全国保存最完整的明代藩王墓群靖江王陵，规模宏大辉煌，在此出土的梅瓶名扬四海。
+                <w:br/>
+                【山水间】  约1小时
+                <w:br/>
+                欣赏被誉为“看过了终身难忘”的大型山水情景互动观赏剧目——【山水间】，场面宏大，气势磅礴，现代化舞美、灯光、音响立体而玄妙，充分展现了漓江的历史变迁、山水景观和人文情怀，让您真正体验一次梦幻般的神秘之旅。
+                <w:br/>
+                【车观十里画廊-月亮山】约30分钟
+                <w:br/>
+                乘大巴沉醉在自然风光里，在阳朔醉美山水田园风光—十里画廊，以更舒适的方式感知阳朔，秀丽的景色像一幅幅画映入眼帘。新春伊始，万物焕发。车观【月亮山】的阴晴圆缺。您可以从不同的角度观赏月洞，可以看到圆月、半月和眉月的不同景象。
+                <w:br/>
+                【夜游遇龙河多人竹筏*烟花秀】约60分钟
+                <w:br/>
+                前往【遇龙河多人竹筏】的码头，围绕在桂林青山的一条美丽的河流，“不是漓江、胜似漓江”，被央视赞誉为漓江最美风景，田畴平整开阔，绿意逼人,微风吹过稻浪翻，白云走处碧波滚，景色宜人。在这里您可以真正感受到“小小竹排江中游、巍巍青山两岸走”的绝妙意境。（水运部门规定：1.2米以下的儿童 、70岁以上的老年人，禁止乘坐竹筏）夜游遇龙河灯光秀是一场极具视觉冲击力和文化韵味的体验，尤其是在阳朔县遇龙河景区上演的“金龙巡游”活动，更是将自然美景与人文艺术完美结合，呈现出如梦似幻的夜景画卷。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
@@ -1726,80 +1760,86 @@
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">
-                阳朔-桂林
+                阳朔
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐后前往网红打卡【天空之境】约30分钟，阳光缓缓铺散开来，平静的水面，将天空拥入怀中，画面如此美丽，仿佛进入了一场梦境。在这里，水天相接，天地同相，空中行云转瞬流入平静的水中，阳朔的“天空之镜”，仿佛坠入人心底的瑰丽世界。
-[...11 lines deleted...]
-                2、自由活动期间不提供导游服务与旅游用车、请注意安全并保管好贵重物品，谨记导游告知的注意事项、阳朔不含晚餐，自由畅享当地美食---“吃”、“玩”两不误；
+                【荔江湾】约90分钟
+                <w:br/>
+                荔江湾有“山中水，水中山，桂林山水第一湾”的美誉，有“洞中九寨”之称。乘船观赏在景区内发现多幅亿万年前自然形成的山体壁画：仙女下凡壁画、神龙壁画、美女壁画，壁画自然天成、形象逼真、生动传神、世界罕见。
+                <w:br/>
+                欣赏【鱼鹰扑鱼】，【亲自体验激情划龙舟】中华龙舟比赛，浓缩五千年中国历史文化、堪称中华一绝。让您在中国民间盛大的划龙舟比赛中畅游荔江河畔，聆听千年号歌，过足一把英雄瘾，中国自古就有（划得龙舟是英雄）的说法。
+                <w:br/>
+                在荔江湾景区您可以游览到有【洞中九寨】之称的天宫岩。天宫岩有三绝，一是岩洞因特殊的地质结构断层岩而形成，整个岩洞一万多平方米的岩顶底矮平整而状观，世上罕见；二是洞中因地下水冲刷而形成无数个水平如境绚丽的七彩池，有如九寨沟一般的美丽！被誉为“洞中九寨”；三是洞中有一处因地下暗河穿岩而过，在落差处形成的一处高十米、宽二十余米的巨大溶洞瀑布，非常壮观，大家可能看见过很多漂亮的溶洞，可没有看见过溶洞瀑布吧?这可是难得一见的奇观！
+                <w:br/>
+                【全景大漓江豪华主题船】AAAAA （约 4 小时）
+                <w:br/>
+                ◆游览百里画廊—，观赏震惊中外的著名景点：【九马画山】 、【杨堤烟雨】、【黄布倒影】、【兴坪佳境】、 【20 元人民币背景】等著名景点，体验“世界上最美丽的地方。“江作青罗带,山如碧玉簪 ”船行江中，正在体会到“船在江中走，人在画中游”的绝美漓江仙境。可观奇峰倒影、九马画山、黄布倒影、碧水青山、牧童悠歌、渔翁闲吊等美景——一切都那么诗情画意。
+                <w:br/>
+                码头电瓶车15元/人自理，上下船码头以水运中心实际出票为准，游船由桂林车船公司统一提供，如若此航线因特殊情况导致无法游览，则调整为游览漓江四星游船（双层豪华空调游船 杨堤—草坪，约1.5小时）阳朔码头电瓶车费用无增减
+                <w:br/>
+                【阳朔西街自由行】
+                <w:br/>
+                客人可以自行前往西街。自由漫步驰名中外的洋人街【阳朔西街】，这里是阳朔最有魅力的地方，古老的韵味与时尚个性的结合，让您顿时对她产生浓厚的兴趣。一家小店，一杯咖啡，一部相机，慵懒地看着过往人群，旅游不就是放慢脚步，彻底放松自己！
+                <w:br/>
+                * 温馨提示：阳朔“野导黑车”众多，请您在自由活动一定注意安全。10元、50元看印象·刘三姐的事件已经在央视作为典型旅游欺骗事件进行报道，如有需求可以与导游商量，导游会帮您安排。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
@@ -1843,51 +1883,51 @@
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">住宿</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">桂林</w:t>
+              <w:t xml:space="preserve">阳朔</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10500" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1909,74 +1949,76 @@
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">
-                桂林一地
+                阳朔-桂林
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐后游览桂林历史经典——【刘三姐大观园】在这里可以了解和体验壮族的歌、瑶族的舞、苗族的节、侗族的鼓等特色。景区的金蟾对歌台、刘三姐塑像、石雕绣球，百年古榕、风雨长廊、壮寨干栏集中体现壮族文化。
-[...5 lines deleted...]
-                后赴桂林市民超市自由闲逛购买当地土特产馈赠亲友！
+                【少数民族村寨】约2小时
+                <w:br/>
+                感受少数民族吊脚楼，原生态的少数民族原住民风情，不宽的街道上铺着青板，石板路两边是完好的少数民族全木式建筑，现在还保留着一批手工作坊，他们传承下来的古老手工银饰制作已经被列为【世界非物质文化遗产展示基地】，热情的阿嫂阿妹会邀请您进入她们家做客，感受少数民族的风土人情和村民古老、恬静、悠慢的生活，探寻民族银匠精湛的工艺。
+                <w:br/>
+                带领大家前往桂林正规资质市民超市为亲友挑选伴手礼。
+                <w:br/>
+                赠送七星公园+七星岩+电瓶车+旅拍 约1小时
+                <w:br/>
+                七星公园位于桂林市区漓江东岸，漓江支流小东江畔，绿化覆盖率达 84%，是桂林市面积最大、历史最悠久、景致最多最集中的综合性景区。七星岩是国家首批 AAAA 级景区，岩洞长约 1100 米，最宽处 54 米，最高处 27 米，是距今 100 万年的一段古老的地下河，洞内温度常年保持在 20℃左右。在漫长的岁月里，雨水沿岩石缝隙不断渗入，溶解石灰岩，并不断在洞内结晶，形成了许多千姿百态的石钟乳、石笋、石柱、石幔、石花等，构成了一幅幅绚丽的图景。赠送旅拍服务，在如诗如画的美景里留下精美照片，为旅程增添一抹靓丽回忆。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
@@ -2263,57 +2305,57 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                交通：桂林段2+1陆地头等舱，确保一人一正座，北海根据人数指定独立用车；
+                交通：当地根据人数指定用车，确保一人一正座；
                 <w:br/>
                 景点：所列景点首道票团队票（不含缆车及景区小交通），遇不可抗力因素无法游览及取消景点，按团队票退
                 <w:br/>
-                用餐：9早7正1船餐（ 正餐 8 菜 1 汤，10 人 1 桌  桂林段餐标30元/人，其中1餐传统美食牛肉粉20元/人；南宁、巴马、北海餐标20元/人）.因餐饮习惯的地方差异，客人因自身原因选择放弃用餐，费用不退。如人数不足将酌情少菜量；若用餐人数不足8人，导游现退餐费；早餐在酒店为赠送，不占床无早餐。若自愿放弃用餐，不退费用。
-[...1 lines deleted...]
-                酒店：指定南宁、北海商务酒店标准双人间，桂林4钻酒店+升级1晚5钻酒店，北海升级1晚5钻酒店，涠洲岛特色民宿
+                用餐：9早8正（ 正餐 8 菜 1 汤，10 人 1 桌  桂林段餐标30元/人，其中1餐烟火气网红米粉10元/人；南宁、巴马、北海餐标20元/人）.因餐饮习惯的地方差异，客人因自身原因选择放弃用餐，费用不退。如人数不足将酌情少菜量；若用餐人数不足8人，导游现退餐费；早餐在酒店为赠送，不占床无早餐。若自愿放弃用餐，不退费用。
+                <w:br/>
+                酒店：桂林3钻酒店，南宁、北海商务酒店标准双人间，北海升级1晚5钻酒店，涠洲岛特色民宿
                 <w:br/>
                 导游：安排优秀导游服务，8人以下安排司机兼职导游服务
                 <w:br/>
                 保险：已购买旅行社责任险，建议游客出发前在当地购买旅游人身意外险
                 <w:br/>
                 儿童：儿童价格只包含机票、当地车位、服务费（不包含动车，门票，船票，住宿费。超过 6 岁未到 14
                 <w:br/>
                 岁或身高超过 1.2 米未到 1.5 米的小孩，需要提前补交上岛费用 300 元/人(含半价船票及上岛门票）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -2325,56 +2367,677 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海银滩电瓶车 20 元/人	天主教堂电瓶车 20 元/人	火山口地质公园电瓶车 20 元/人	
-[...3 lines deleted...]
-                合计 80 元/人（必须消费）
+                尧山往返索道100元/人
+                <w:br/>
+                北海银滩电瓶车20元/人   天主教堂电瓶车20元/人   火山口地质公园电瓶车20元/人   
+                <w:br/>
+                德天瀑布电瓶车10元/人 通灵大峡谷电瓶车10元/人 
+                <w:br/>
+                合计180元/人（必须消费）
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">明仕田园</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥ 160.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">广西民族特色村-陇鉴古寨</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥ 160.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">古龙山峡谷徒步观光游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥ 120.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">古龙山峡谷漂流</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥ 190.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">仁寿源/长寿岛</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥ 198.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">北海环岛游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥ 280.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">赶海</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥ 280.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2831,51 +3494,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-22</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -3019,50 +3682,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>